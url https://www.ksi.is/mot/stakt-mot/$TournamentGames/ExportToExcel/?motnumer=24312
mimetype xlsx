--- v0 (2025-11-03)
+++ v1 (2025-12-22)
@@ -54,54 +54,54 @@
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>ÍR-völlur</t>
   </si>
   <si>
     <t>Breiðablik 2</t>
   </si>
   <si>
     <t>ÍBV</t>
   </si>
   <si>
     <t>Kórinn - Gervigras</t>
   </si>
   <si>
     <t>FH</t>
   </si>
   <si>
     <t>KF/Tindastóll</t>
   </si>
   <si>
     <t>Kaplakrikavöllur</t>
   </si>
   <si>
+    <t>Fífan</t>
+  </si>
+  <si>
     <t>KR-völlur</t>
-  </si>
-[...1 lines deleted...]
-    <t>Fífan</t>
   </si>
   <si>
     <t>Vestmannaeyjavöllur</t>
   </si>
   <si>
     <t>Sauðárkróksvöllur</t>
   </si>
   <si>
     <t>Akranesvöllur</t>
   </si>
   <si>
     <t>Versalavöllur</t>
   </si>
   <si>
     <t>Siglufjarðarvöllur</t>
   </si>
   <si>
     <t>Hvolsvöllur</t>
   </si>
   <si>
     <t>Ólafsfjarðarvöllur</t>
   </si>
   <si>
     <t>Akraneshöllin</t>
   </si>
@@ -229,68 +229,68 @@
         <v>11</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>40684.5833333333</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>40691.4583333333</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>40691.4583333333</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>40691.5833333333</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>40691.625</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>4</v>
@@ -319,51 +319,51 @@
     <row r="11">
       <c r="A11" s="2">
         <v>40696.7083333333</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>40696.75</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>40698.6666666667</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>40702.5</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>11</v>
@@ -445,65 +445,65 @@
     <row r="20">
       <c r="A20" s="2">
         <v>40710.7083333333</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>40710.75</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>40713.5416666667</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>40716.75</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>40716.7708333333</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
@@ -571,149 +571,149 @@
     <row r="29">
       <c r="A29" s="2">
         <v>40731.75</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>40733.5</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>40734.75</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>40736.6875</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>40743.75</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>40743.75</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>40746.75</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>40750.75</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>40750.75</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>40751.75</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>40766.7291666667</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>5</v>
@@ -739,51 +739,51 @@
     <row r="41">
       <c r="A41" s="2">
         <v>40767.78125</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>40768.5833333333</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>40769.5833333333</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>40770.6875</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
@@ -879,93 +879,93 @@
     <row r="51">
       <c r="A51" s="2">
         <v>40780.75</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>40781.6979166667</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>40782.5208333333</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>40783.5833333333</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>40783.5833333333</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>40784.7083333333</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>40789.6666666667</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>7</v>