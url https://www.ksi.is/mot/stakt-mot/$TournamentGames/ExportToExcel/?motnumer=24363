--- v0 (2025-11-03)
+++ v1 (2025-11-03)
@@ -69,54 +69,54 @@
   <si>
     <t>Ægir</t>
   </si>
   <si>
     <t>ÍR</t>
   </si>
   <si>
     <t>Þorlákshafnarvöllur</t>
   </si>
   <si>
     <t>Leiknir R.</t>
   </si>
   <si>
     <t>Þróttur R.</t>
   </si>
   <si>
     <t>Leiknisvöllur</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Kórinn - Gervigras</t>
   </si>
   <si>
+    <t>Stykkishólmsvöllur</t>
+  </si>
+  <si>
     <t>ÍR-völlur</t>
-  </si>
-[...1 lines deleted...]
-    <t>Stykkishólmsvöllur</t>
   </si>
   <si>
     <t>Þróttarvöllur</t>
   </si>
   <si>
     <t>KR-völlur</t>
   </si>
   <si>
     <t>Smárahvammsvöllur</t>
   </si>
   <si>
     <t>Grundarfjarðarvöllur</t>
   </si>
   <si>
     <t>Hvolsvöllur</t>
   </si>
   <si>
     <t>Ólafsvíkurvöllur</t>
   </si>
   <si>
     <t>Vestmannaeyjavöllur</t>
   </si>
   <si>
     <t>Fífan</t>
   </si>
@@ -272,68 +272,68 @@
         <v>17</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>40697.6666666667</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>40697.7083333333</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>40697.7083333333</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>40707.5</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>40708.7083333333</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>13</v>
@@ -418,51 +418,51 @@
     <row r="17">
       <c r="A17" s="2">
         <v>40716.7083333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>40717.7083333333</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>40718.5625</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>40721.7083333333</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>13</v>
@@ -510,155 +510,155 @@
         <v>10</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>40724.7291666667</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>40731.6666666667</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>40731.6666666667</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>40731.7083333333</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>40731.7083333333</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>40735.625</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>40737.5416666667</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>40737.6666666667</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>40737.6666666667</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>40737.7083333333</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>40737.7291666667</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>10</v>
@@ -726,51 +726,51 @@
     <row r="39">
       <c r="A39" s="2">
         <v>40764.7083333333</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>40765.6666666667</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>40766.6666666667</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>40766.7083333333</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>13</v>
@@ -832,71 +832,71 @@
         <v>4</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>40773.625</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>40773.6666666667</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>40773.6666666667</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>40773.7083333333</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>40773.7916666667</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
@@ -916,66 +916,66 @@
         <v>7</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>40778.6666666667</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>40778.7083333333</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>40778.7083333333</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>40781.5833333333</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>