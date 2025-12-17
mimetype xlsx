--- v0 (2025-11-01)
+++ v1 (2025-12-17)
@@ -48,57 +48,57 @@
   <si>
     <t>Reykjaneshöllin</t>
   </si>
   <si>
     <t>Stjarnan</t>
   </si>
   <si>
     <t>Víkingur R.</t>
   </si>
   <si>
     <t>Grindavík</t>
   </si>
   <si>
     <t>ÍA</t>
   </si>
   <si>
     <t>Tindastóll</t>
   </si>
   <si>
     <t>Fylkir</t>
   </si>
   <si>
     <t>Gervigrasvöllur Laugardal</t>
   </si>
   <si>
+    <t>Víkingsvöllur</t>
+  </si>
+  <si>
+    <t>Fylkisvöllur</t>
+  </si>
+  <si>
     <t>Ásvellir</t>
-  </si>
-[...4 lines deleted...]
-    <t>Fylkisvöllur</t>
   </si>
   <si>
     <t>Akranesvöllur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -482,80 +482,80 @@
         <v>10</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>36982.8333333333</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>37000.5833333333</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>37000.5833333333</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>37000.5833333333</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>37000.6041666667</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>