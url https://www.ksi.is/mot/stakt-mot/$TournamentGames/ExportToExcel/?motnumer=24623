--- v0 (2025-10-31)
+++ v1 (2025-12-25)
@@ -459,71 +459,71 @@
         <v>11</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>40764.6388888889</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>40765.7430555556</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>40765.7430555556</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>40767.5347222222</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>40770.7430555556</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>7</v>