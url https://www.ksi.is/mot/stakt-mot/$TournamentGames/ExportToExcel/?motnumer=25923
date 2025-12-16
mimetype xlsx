--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -66,54 +66,54 @@
   <si>
     <t>Gróttuvöllur</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Stjarnan</t>
   </si>
   <si>
     <t>Varmárvöllur</t>
   </si>
   <si>
     <t>Stjörnuvöllur</t>
   </si>
   <si>
     <t>ÍBV/KFS/KFR</t>
   </si>
   <si>
     <t>Selfossvöllur</t>
   </si>
   <si>
     <t>ÍA</t>
   </si>
   <si>
+    <t>Kaplakrikavöllur</t>
+  </si>
+  <si>
     <t>Haukar/Markaregn</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kaplakrikavöllur</t>
   </si>
   <si>
     <t>Kórinn</t>
   </si>
   <si>
     <t>Keflavík</t>
   </si>
   <si>
     <t>Ásvellir</t>
   </si>
   <si>
     <t>Reykjaneshöllin</t>
   </si>
   <si>
     <t>Akraneshöllin</t>
   </si>
   <si>
     <t>Fífan</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -302,93 +302,93 @@
         <v>19</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>40859.5833333333</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>40859.6666666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C11" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="D11" s="0" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>40859.6666666667</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>40860.6041666667</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>40863.8333333333</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>40867.5833333333</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>40868.8333333333</v>
@@ -512,99 +512,99 @@
         <v>10</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>40922.5</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>40923.6666666667</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>40923.6666666667</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>40923.6666666667</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>40923.6666666667</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>40937.59375</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>40937.6666666667</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>14</v>
@@ -655,51 +655,51 @@
         <v>15</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>40951.6666666667</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>40955.7916666667</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>40956.8125</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>40964.4583333333</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>4</v>
@@ -725,51 +725,51 @@
         <v>25</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>40964.6666666667</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>40965.59375</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>40965.625</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>40972.5</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>23</v>
@@ -834,82 +834,82 @@
         <v>4</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>40979.6666666667</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>40979.75</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>40981.7916666667</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>40989.7708333333</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>40992.5</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>40993.6666666667</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>11</v>
@@ -946,163 +946,163 @@
         <v>14</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>41017.75</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>41017.8333333333</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
         <v>41020.4166666667</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2">
         <v>41020.5</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2">
         <v>41020.6666666667</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2">
         <v>41021.5833333333</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2">
         <v>41024.8333333333</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2">
         <v>41026.7708333333</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2">
         <v>41028.5833333333</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2">
         <v>41033.7083333333</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2">
         <v>41033.75</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2">
         <v>41035.6666666667</v>