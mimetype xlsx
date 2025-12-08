--- v0 (2025-10-17)
+++ v1 (2025-12-08)
@@ -18,336 +18,336 @@
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Test" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="104">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
+    <t>ÍA U23</t>
+  </si>
+  <si>
+    <t>Víkingur U23</t>
+  </si>
+  <si>
+    <t>Akranesvöllur</t>
+  </si>
+  <si>
+    <t>Reynir S.</t>
+  </si>
+  <si>
+    <t>Valur U23</t>
+  </si>
+  <si>
+    <t>Sandgerðisvöllur</t>
+  </si>
+  <si>
+    <t>Fylkir U23</t>
+  </si>
+  <si>
+    <t>Breiðablik U23</t>
+  </si>
+  <si>
+    <t>Fylkisvöllur</t>
+  </si>
+  <si>
     <t>Njarðvík</t>
   </si>
   <si>
     <t>Keflavík U23</t>
   </si>
   <si>
     <t>Njarðvíkurvöllur</t>
   </si>
   <si>
+    <t>Árborg</t>
+  </si>
+  <si>
+    <t>ÍH</t>
+  </si>
+  <si>
+    <t>Selfossvöllur</t>
+  </si>
+  <si>
+    <t>FH U23</t>
+  </si>
+  <si>
+    <t>Kári</t>
+  </si>
+  <si>
+    <t>Kaplakrikavöllur</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>Fram U23</t>
+  </si>
+  <si>
+    <t>Fagrilundur</t>
+  </si>
+  <si>
+    <t>Haukar U23</t>
+  </si>
+  <si>
+    <t>Selfoss</t>
+  </si>
+  <si>
+    <t>Ásvellir</t>
+  </si>
+  <si>
     <t>GG</t>
   </si>
   <si>
     <t>Úlfarnir</t>
   </si>
   <si>
     <t>Grindavíkurvöllur</t>
   </si>
   <si>
-    <t>FH U23</t>
-[...5 lines deleted...]
-    <t>Kaplakrikavöllur</t>
+    <t>Þróttur R. U23</t>
+  </si>
+  <si>
+    <t>Barðaströnd</t>
+  </si>
+  <si>
+    <t>Gervigrasvöllur Laugardal</t>
   </si>
   <si>
     <t>Fjarðabyggð</t>
   </si>
   <si>
     <t>Boltaf. Norðfj.</t>
   </si>
   <si>
     <t>Norðfjarðarvöllur</t>
   </si>
   <si>
-    <t>Árborg</t>
-[...14 lines deleted...]
-    <t>Gervigrasvöllur Laugardal</t>
+    <t>Neisti H.</t>
+  </si>
+  <si>
+    <t>Nökkvi</t>
+  </si>
+  <si>
+    <t>Hofsósvöllur</t>
   </si>
   <si>
     <t>Leiknir F.</t>
   </si>
   <si>
     <t>Huginn/Höttur</t>
   </si>
   <si>
     <t>Búðagrund</t>
   </si>
   <si>
-    <t>Neisti H.</t>
-[...52 lines deleted...]
-  <si>
     <t>Víkingur Ó.</t>
   </si>
   <si>
     <t>Tálknafjörður</t>
   </si>
   <si>
     <t>Ólafsvíkurvöllur</t>
   </si>
   <si>
     <t>ÍR U23</t>
   </si>
   <si>
     <t>Ægir</t>
   </si>
   <si>
     <t>ÍR-völlur</t>
   </si>
   <si>
     <t>Hvöt</t>
   </si>
   <si>
     <t>Dalvík</t>
   </si>
   <si>
     <t>Blönduósvöllur</t>
   </si>
   <si>
     <t>KR U23</t>
   </si>
   <si>
+    <t>Sindri</t>
+  </si>
+  <si>
+    <t>Neisti D.</t>
+  </si>
+  <si>
+    <t>Sindravellir</t>
+  </si>
+  <si>
+    <t>Haukar</t>
+  </si>
+  <si>
+    <t>Skallagrímur</t>
+  </si>
+  <si>
+    <t>Léttir</t>
+  </si>
+  <si>
+    <t>Stöðvafjarðarvöllur</t>
+  </si>
+  <si>
     <t>Víðir</t>
   </si>
   <si>
     <t>Leiknir R.</t>
   </si>
   <si>
     <t>Leiknisvöllur</t>
   </si>
   <si>
-    <t>Haukar</t>
-[...16 lines deleted...]
-  <si>
     <t>Magni</t>
   </si>
   <si>
     <t>Grenivíkurvöllur</t>
   </si>
   <si>
-    <t>Léttir</t>
-[...1 lines deleted...]
-  <si>
     <t>Afturelding</t>
   </si>
   <si>
     <t>Tungubakkavöllur</t>
   </si>
   <si>
     <t>KS</t>
   </si>
   <si>
     <t>Völsungur</t>
   </si>
   <si>
     <t>Siglufjarðarvöllur</t>
   </si>
   <si>
     <t>HSH</t>
   </si>
   <si>
     <t>Þróttur R.</t>
   </si>
   <si>
     <t>Þór</t>
   </si>
   <si>
     <t>Akureyrarvöllur</t>
   </si>
   <si>
     <t>KFS</t>
   </si>
   <si>
     <t>Helgafellsvöllur</t>
   </si>
   <si>
     <t>Grindavík</t>
   </si>
   <si>
     <t>ÍR</t>
   </si>
   <si>
     <t>Garðsvöllur</t>
   </si>
   <si>
     <t>Breiðablik</t>
   </si>
   <si>
     <t>Eskifjarðarvöllur</t>
   </si>
   <si>
+    <t>Tindastóll</t>
+  </si>
+  <si>
     <t>KR</t>
   </si>
   <si>
     <t>Valbjarnarvöllur</t>
   </si>
   <si>
-    <t>Tindastóll</t>
+    <t>Fram</t>
+  </si>
+  <si>
+    <t>Keflavík</t>
   </si>
   <si>
     <t>Fylkir</t>
   </si>
   <si>
-    <t>Keflavík</t>
-[...1 lines deleted...]
-  <si>
     <t>Valur</t>
   </si>
   <si>
-    <t>Fram</t>
-[...1 lines deleted...]
-  <si>
     <t>Víkingur R.</t>
   </si>
   <si>
     <t>Ármannsvöllur</t>
   </si>
   <si>
     <t>KA</t>
   </si>
   <si>
     <t>Keflavíkurvöllur</t>
   </si>
   <si>
+    <t>ÍA</t>
+  </si>
+  <si>
     <t>ÍBV</t>
   </si>
   <si>
     <t>Stjarnan</t>
   </si>
   <si>
     <t>Leiftur</t>
   </si>
   <si>
     <t>FH</t>
   </si>
   <si>
     <t>Framvöllur</t>
   </si>
   <si>
-    <t>ÍA</t>
+    <t>Hlíðarendi</t>
   </si>
   <si>
     <t>Stjörnuvöllur</t>
-  </si>
-[...1 lines deleted...]
-    <t>Hlíðarendi</t>
   </si>
   <si>
     <t>Hásteinsvöllur</t>
   </si>
   <si>
     <t>KR-völlur</t>
   </si>
   <si>
     <t>Laugardalsvöllur</t>
   </si>
   <si>
     <t>KA-völlur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -628,177 +628,177 @@
         <v>47</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>37039.8333333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>37041.75</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>37042.8333333333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>37042.8333333333</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>37042.8333333333</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>10</v>
+        <v>58</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>55</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>37042.8333333333</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>30</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>37042.8333333333</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>59</v>
+        <v>23</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>37042.8333333333</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>37042.8333333333</v>
       </c>
       <c r="B25" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D25" s="0" t="s">
         <v>62</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>37042.8333333333</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="C26" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>37043.8333333333</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>32</v>
+        <v>5</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>37045.5833333333</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>37045.7916666667</v>
@@ -827,469 +827,469 @@
         <v>73</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>37046.7083333333</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>74</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>46</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>37046.75</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>37055.8333333333</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>76</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>37056.75</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>77</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>37056.7916666667</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>37056.8333333333</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>81</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>82</v>
+        <v>69</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>37056.8333333333</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="C37" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="D37" s="0" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>37056.8333333333</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>75</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>37056.8333333333</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>85</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>37056.8333333333</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>56</v>
+        <v>74</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>86</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>30</v>
+        <v>75</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>37056.8333333333</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>29</v>
+        <v>56</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>37057.75</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>37057.7916666667</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>37057.8333333333</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>32</v>
+        <v>72</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>48</v>
+        <v>73</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>37057.8333333333</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>37057.8333333333</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>58</v>
+        <v>16</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>94</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>37057.8333333333</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>95</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>96</v>
+        <v>55</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>37057.8333333333</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="C48" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="D48" s="0" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>37075.7916666667</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>37076.8333333333</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>93</v>
+        <v>67</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>95</v>
+        <v>76</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>98</v>
+        <v>69</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>37076.8333333333</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>67</v>
+        <v>87</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>69</v>
+        <v>98</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>37076.8333333333</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>37077.8333333333</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>37077.8333333333</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>92</v>
+        <v>53</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>100</v>
+        <v>55</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>37077.8333333333</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>97</v>
+        <v>86</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>82</v>
+        <v>101</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>37077.8333333333</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>101</v>
+        <v>83</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>37094.8333333333</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>12</v>
+        <v>102</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
         <v>37094.8333333333</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>102</v>
+        <v>21</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2">
         <v>37094.8333333333</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>85</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2">
         <v>37095.8333333333</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2">
         <v>37146.7118055556</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2">
         <v>37153.7083333333</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>33</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2">
         <v>37163.5833333333</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>102</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>