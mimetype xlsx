--- v0 (2025-11-29)
+++ v1 (2025-12-14)
@@ -601,71 +601,71 @@
         <v>13</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>41112.5833333333</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>41115.8333333333</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>41115.8333333333</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>41118.6666666667</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>41119.5833333333</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>4</v>
@@ -713,71 +713,71 @@
         <v>7</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>41129.8333333333</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>41133.6666666667</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>41133.6666666667</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>41134.7083333333</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>41137.7291666667</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>4</v>
@@ -811,85 +811,85 @@
         <v>7</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>41142.6666666667</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>41143.7916666667</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>41143.7916666667</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>41143.7916666667</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>41146.5</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>41146.5833333333</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>9</v>