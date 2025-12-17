--- v0 (2025-11-01)
+++ v1 (2025-12-17)
@@ -556,71 +556,71 @@
         <v>10</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>41024.8333333333</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>41027.5833333333</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>41027.5833333333</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>41027.6145833333</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>41028.5</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>19</v>