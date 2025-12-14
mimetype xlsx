--- v0 (2025-11-03)
+++ v1 (2025-12-14)
@@ -441,127 +441,127 @@
         <v>13</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>41020.5416666667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>41021.5</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>41021.5</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>41027.4583333333</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>41029.71875</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>41031.6666666667</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>41031.6666666667</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>41034.4166666667</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>41034.5</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>11</v>