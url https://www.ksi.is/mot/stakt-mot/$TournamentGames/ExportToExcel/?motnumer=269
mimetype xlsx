--- v0 (2025-10-20)
+++ v1 (2025-12-16)
@@ -63,114 +63,114 @@
   <si>
     <t>Haukar</t>
   </si>
   <si>
     <t>Fylkisvöllur</t>
   </si>
   <si>
     <t>HSH</t>
   </si>
   <si>
     <t>Grótta</t>
   </si>
   <si>
     <t>Ólafsvíkurvöllur</t>
   </si>
   <si>
     <t>Tindastóll/Hvöt</t>
   </si>
   <si>
     <t>Fjölnir</t>
   </si>
   <si>
     <t>Sauðárkróksvöllur</t>
   </si>
   <si>
+    <t>Valur</t>
+  </si>
+  <si>
+    <t>Grindavík</t>
+  </si>
+  <si>
+    <t>Hlíðarendi</t>
+  </si>
+  <si>
     <t>HK</t>
   </si>
   <si>
     <t>ÍR</t>
   </si>
   <si>
     <t>Fagrilundur</t>
   </si>
   <si>
     <t>Stjarnan</t>
   </si>
   <si>
     <t>Breiðablik</t>
   </si>
   <si>
     <t>Stjörnuvöllur</t>
   </si>
   <si>
-    <t>Valur</t>
-[...7 lines deleted...]
-  <si>
     <t>KA</t>
   </si>
   <si>
     <t>Keflavík</t>
   </si>
   <si>
     <t>ÍBV</t>
   </si>
   <si>
     <t>Keflavíkurvöllur</t>
   </si>
   <si>
+    <t>Selfossvöllur</t>
+  </si>
+  <si>
     <t>FH</t>
   </si>
   <si>
     <t>Fram</t>
   </si>
   <si>
     <t>Kaplakrikavöllur</t>
   </si>
   <si>
-    <t>Selfossvöllur</t>
+    <t>Þróttur R.</t>
+  </si>
+  <si>
+    <t>Þróttarvöllur</t>
   </si>
   <si>
     <t>ÍA</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Akranesvöllur</t>
-  </si>
-[...4 lines deleted...]
-    <t>Þróttarvöllur</t>
   </si>
   <si>
     <t>Kópavogsvöllur</t>
   </si>
   <si>
     <t>Gróttuvöllur</t>
   </si>
   <si>
     <t>Laugardalsvöllur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
@@ -364,206 +364,206 @@
         <v>28</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>37083.8333333333</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>37083.8333333333</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>37083.8333333333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>37083.8333333333</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>5</v>
+        <v>33</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>37084.8333333333</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>37084.8333333333</v>
       </c>
       <c r="B16" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>37086.5833333333</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>37101.8333333333</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>37102.75</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>37102.8333333333</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>37102.8333333333</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>37131.75</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>37133.7291666667</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>37144.8333333333</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>