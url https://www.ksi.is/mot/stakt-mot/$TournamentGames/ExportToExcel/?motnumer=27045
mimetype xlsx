--- v0 (2025-11-03)
+++ v1 (2025-11-03)
@@ -690,197 +690,197 @@
         <v>11</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>41115.75</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>41134.7291666667</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>41134.7291666667</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>41137.7083333333</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>41137.7291666667</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>41137.7708333333</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>41143.7291666667</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>41143.7291666667</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>41145.7083333333</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>41149.7083333333</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>41149.7083333333</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>41149.7083333333</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>41150.7083333333</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>41151.7083333333</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>4</v>