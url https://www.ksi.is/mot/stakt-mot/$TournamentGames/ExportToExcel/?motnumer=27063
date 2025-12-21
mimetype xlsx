--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -54,54 +54,54 @@
   <si>
     <t>Stjarnan</t>
   </si>
   <si>
     <t>Schenkervöllurinn</t>
   </si>
   <si>
     <t>Keflavík</t>
   </si>
   <si>
     <t>FH</t>
   </si>
   <si>
     <t>Keflavíkurvöllur</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>HK/Ýmir</t>
   </si>
   <si>
     <t>KR-völlur</t>
   </si>
   <si>
+    <t>Fylkisvöllur</t>
+  </si>
+  <si>
     <t>Fagrilundur</t>
-  </si>
-[...1 lines deleted...]
-    <t>Fylkisvöllur</t>
   </si>
   <si>
     <t>Stjörnuvöllur</t>
   </si>
   <si>
     <t>Kaplakrikavöllur</t>
   </si>
   <si>
     <t>Smárahvammsvöllur</t>
   </si>
   <si>
     <t>Versalavöllur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -214,68 +214,68 @@
         <v>11</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>41047.8229166667</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>41054.8229166667</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>41054.8229166667</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>41055.5729166667</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>41058.7083333333</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>7</v>
@@ -318,51 +318,51 @@
     <row r="12">
       <c r="A12" s="2">
         <v>41063.78125</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>41066.8229166667</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>41066.8229166667</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>41067.8020833333</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>13</v>
@@ -388,51 +388,51 @@
     <row r="17">
       <c r="A17" s="2">
         <v>41071.8229166667</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>41072.8229166667</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>41074.8229166667</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>41079.7916666667</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
@@ -514,65 +514,65 @@
     <row r="26">
       <c r="A26" s="2">
         <v>41085.8229166667</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>41093.8229166667</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>41094.8229166667</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>41094.8229166667</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>41099.8229166667</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>10</v>
@@ -640,121 +640,121 @@
     <row r="35">
       <c r="A35" s="2">
         <v>41113.8229166667</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>41114.8229166667</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>41115.7916666667</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>41115.8229166667</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>41134.8020833333</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>41134.8020833333</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>41137.78125</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>41137.8020833333</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>41137.8333333333</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>5</v>
@@ -766,149 +766,149 @@
     <row r="44">
       <c r="A44" s="2">
         <v>41138.7708333333</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>41143.8020833333</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>41143.8020833333</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>41145.7708333333</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>41149.78125</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>41149.78125</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>41149.78125</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>41150.78125</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>41151.78125</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>41154.5729166667</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>41154.65625</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>10</v>