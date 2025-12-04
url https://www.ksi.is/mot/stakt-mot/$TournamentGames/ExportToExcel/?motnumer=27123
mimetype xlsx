--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -66,81 +66,81 @@
   <si>
     <t>Kaplakrikavöllur</t>
   </si>
   <si>
     <t>Grótta</t>
   </si>
   <si>
     <t>Afturelding</t>
   </si>
   <si>
     <t>Tungubakkavöllur</t>
   </si>
   <si>
     <t>ÍA</t>
   </si>
   <si>
     <t>Akranesvöllur</t>
   </si>
   <si>
     <t>Selfoss</t>
   </si>
   <si>
     <t>Fjölnisvöllur</t>
   </si>
   <si>
+    <t>Fylkir/ÍR/Leiknir</t>
+  </si>
+  <si>
+    <t>Keflavík</t>
+  </si>
+  <si>
+    <t>Fylkisvöllur</t>
+  </si>
+  <si>
     <t>Breiðablik</t>
   </si>
   <si>
     <t>HK/Víkingur</t>
   </si>
   <si>
     <t>Smárahvammsvöllur</t>
   </si>
   <si>
-    <t>Fylkir/ÍR/Leiknir</t>
-[...5 lines deleted...]
-    <t>Fylkisvöllur</t>
+    <t>Stjarnan</t>
+  </si>
+  <si>
+    <t>Stjörnuvöllur</t>
   </si>
   <si>
     <t>Grindavík</t>
   </si>
   <si>
     <t>Valur</t>
   </si>
   <si>
     <t>Grindavíkurvöllur</t>
-  </si>
-[...4 lines deleted...]
-    <t>Stjörnuvöllur</t>
   </si>
   <si>
     <t>ÍBV</t>
   </si>
   <si>
     <t>Reynir S.</t>
   </si>
   <si>
     <t>Hvolsvöllur</t>
   </si>
   <si>
     <t>Hertz völlurinn</t>
   </si>
   <si>
     <t>Fjölnisvöllur - Gervigras</t>
   </si>
   <si>
     <t>Hlíðarendi</t>
   </si>
   <si>
     <t>Vodafonevöllurinn</t>
   </si>
 </sst>
 </file>
 
@@ -321,161 +321,161 @@
         <v>22</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>41078.75</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>41078.8333333333</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="D10" s="0" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>41078.8333333333</v>
       </c>
       <c r="B11" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>41079.7916666667</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>41092.7083333333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>41093.6666666667</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>41093.7083333333</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>41093.7916666667</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>41111.5</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>41139.5833333333</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>41152.75</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>