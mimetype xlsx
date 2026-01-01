--- v0 (2025-11-02)
+++ v1 (2026-01-01)
@@ -653,71 +653,71 @@
         <v>16</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>41107.7083333333</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>41108.7083333333</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>41108.7083333333</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>41115.625</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>41134.5</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>5</v>
@@ -905,71 +905,71 @@
         <v>13</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>41147.4375</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>41148.7083333333</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>41148.7083333333</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>41149.625</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>41149.7083333333</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>4</v>