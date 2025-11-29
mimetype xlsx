--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -45,75 +45,75 @@
   <si>
     <t>Valur</t>
   </si>
   <si>
     <t>Stjörnuvöllur</t>
   </si>
   <si>
     <t>Fjölnir</t>
   </si>
   <si>
     <t>Fylkir</t>
   </si>
   <si>
     <t>Fjölnisvöllur - Gervigras</t>
   </si>
   <si>
     <t>KA</t>
   </si>
   <si>
     <t>Breiðablik</t>
   </si>
   <si>
     <t>KA-völlur</t>
   </si>
   <si>
+    <t>Selfoss/Ægir</t>
+  </si>
+  <si>
+    <t>ÍA</t>
+  </si>
+  <si>
+    <t>Selfossvöllur</t>
+  </si>
+  <si>
     <t>FH</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Kaplakrikavöllur</t>
   </si>
   <si>
-    <t>Selfoss/Ægir</t>
-[...7 lines deleted...]
-  <si>
     <t>Hlíðarendi</t>
   </si>
   <si>
+    <t>KR-völlur</t>
+  </si>
+  <si>
     <t>Akraneshöllin</t>
-  </si>
-[...1 lines deleted...]
-    <t>KR-völlur</t>
   </si>
   <si>
     <t>Þór</t>
   </si>
   <si>
     <t>Fylkisvöllur</t>
   </si>
   <si>
     <t>Akranesvöllur</t>
   </si>
   <si>
     <t>Smárahvammsvöllur</t>
   </si>
   <si>
     <t>Versalavöllur</t>
   </si>
   <si>
     <t>Akureyrarvöllur</t>
   </si>
   <si>
     <t>Þórsvöllur</t>
   </si>
 </sst>
 </file>
 
@@ -252,359 +252,359 @@
         <v>15</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>41054.7083333333</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>41059.7083333333</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>41061.6875</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>41061.7083333333</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>41061.7083333333</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>41062.7083333333</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>41063.625</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>41068.7083333333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>41068.7083333333</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>41068.7708333333</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>41069.625</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>41070.5625</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>41079.7083333333</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>41079.7083333333</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>41079.7083333333</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>41085.6458333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>41085.7083333333</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>41085.7083333333</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>41085.7083333333</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>41091.5833333333</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>41092.75</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>41094.6666666667</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>41096.6666666667</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>41100.5347222222</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>41101.625</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>41103.8541666667</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>7</v>
@@ -613,360 +613,360 @@
         <v>22</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>41104.6666666667</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>41107.7083333333</v>
       </c>
       <c r="B33" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="C33" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D33" s="0" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>41108.6666666667</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>41108.8333333333</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>41112.4583333333</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>41136.625</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>41136.6666666667</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>41136.6666666667</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>41136.7083333333</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>41138.6875</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>41143.7083333333</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>41143.7083333333</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>41143.7083333333</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>4</v>
+        <v>22</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>41143.7083333333</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>41143.7083333333</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>41145.7083333333</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>41146.5</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>41146.5833333333</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>41147.625</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>41147.625</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>41149.6666666667</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>41149.7083333333</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>41149.7083333333</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>41149.7083333333</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>41160.5</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>