--- v0 (2025-11-02)
+++ v1 (2026-01-01)
@@ -402,71 +402,71 @@
         <v>11</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>37111.7916666667</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>37111.7916666667</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>37111.7916666667</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>37112.7916666667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>37117.7916666667</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>18</v>