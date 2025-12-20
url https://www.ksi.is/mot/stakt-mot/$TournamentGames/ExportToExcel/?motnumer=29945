--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -617,85 +617,85 @@
         <v>7</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>41468.5833333333</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>41472.8333333333</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>41472.8333333333</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>41472.8333333333</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>41475.5833333333</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>41477.8333333333</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>13</v>
@@ -771,113 +771,113 @@
         <v>11</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>41486.8333333333</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>41495.7916666667</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>41495.7916666667</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>41496.5833333333</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>41501.7916666667</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>41501.7916666667</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>41502.7916666667</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>41503.5833333333</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>4</v>