--- v0 (2025-10-23)
+++ v1 (2025-12-19)
@@ -913,71 +913,71 @@
         <v>17</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>41476.5833333333</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>41479.75</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>41479.75</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>41479.8333333333</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>41483.5833333333</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>4</v>
@@ -1361,71 +1361,71 @@
         <v>8</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="2">
         <v>41530.7291666667</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="2">
         <v>41530.7291666667</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="2">
         <v>41530.7291666667</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="2">
         <v>41530.75</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="2">
         <v>41532.6145833333</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>7</v>