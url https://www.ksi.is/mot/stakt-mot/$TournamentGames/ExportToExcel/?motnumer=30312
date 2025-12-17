--- v0 (2025-11-02)
+++ v1 (2025-12-17)
@@ -396,267 +396,267 @@
         <v>15</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>41444.75</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>41445.7083333333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>41445.7083333333</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>41452.7083333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>41453.75</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>41453.75</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>41453.75</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>41458.75</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>41458.75</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>41458.7916666667</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>41463.75</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>41465.75</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>41465.75</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>41465.8125</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>41473.6875</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>41473.75</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>41473.75</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>41478.75</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>41478.75</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>7</v>
@@ -872,85 +872,85 @@
         <v>7</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>41518.4583333333</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>41518.5833333333</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>41518.5833333333</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>41518.5833333333</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>41520.7916666667</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>41525.625</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>11</v>