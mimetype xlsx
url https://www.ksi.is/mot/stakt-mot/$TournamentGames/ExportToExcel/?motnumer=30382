--- v0 (2025-11-03)
+++ v1 (2025-11-03)
@@ -717,71 +717,71 @@
         <v>19</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>41498.75</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>41498.7916666667</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>41498.7916666667</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>41499.7083333333</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>41501.7916666667</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>19</v>