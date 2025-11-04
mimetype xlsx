--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -527,66 +527,66 @@
         <v>10</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>41895.7083333333</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>41899</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>41899</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>41899.7083333333</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>