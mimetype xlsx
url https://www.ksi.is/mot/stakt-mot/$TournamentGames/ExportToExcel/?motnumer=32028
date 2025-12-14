--- v0 (2025-11-05)
+++ v1 (2025-12-14)
@@ -316,71 +316,71 @@
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>41789.8333333333</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>41791.5416666667</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>41791.5416666667</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>41791.6666666667</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>41797.6666666667</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>13</v>
@@ -498,71 +498,71 @@
         <v>16</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>41810.8541666667</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>41812.5833333333</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>41812.5833333333</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>41813.8333333333</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>41816.8020833333</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>15</v>
@@ -694,71 +694,71 @@
         <v>10</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>41830.8020833333</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>41832.5833333333</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>41832.5833333333</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>41832.7708333333</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>41837.8333333333</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
@@ -1128,80 +1128,80 @@
         <v>5</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2">
         <v>41878.75</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2">
         <v>41881.5416666667</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="2">
         <v>41881.5416666667</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2">
         <v>41881.5416666667</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="2">
         <v>41881.5833333333</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>