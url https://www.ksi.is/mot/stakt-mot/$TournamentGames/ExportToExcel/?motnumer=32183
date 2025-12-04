--- v0 (2025-10-18)
+++ v1 (2025-12-04)
@@ -36,60 +36,60 @@
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
     <t>Keflavík</t>
   </si>
   <si>
     <t>Afturelding</t>
   </si>
   <si>
     <t>Reykjaneshöllin</t>
   </si>
   <si>
     <t>Breiðablik 2</t>
   </si>
   <si>
     <t>Breiðablik</t>
   </si>
   <si>
     <t>Fagrilundur</t>
   </si>
   <si>
+    <t>Hertz völlurinn</t>
+  </si>
+  <si>
     <t>Stjarnan</t>
   </si>
   <si>
     <t>Grótta</t>
   </si>
   <si>
     <t>Samsungvöllurinn</t>
-  </si>
-[...1 lines deleted...]
-    <t>Hertz völlurinn</t>
   </si>
   <si>
     <t>FH</t>
   </si>
   <si>
     <t>Schenkervöllurinn</t>
   </si>
   <si>
     <t>Gróttuvöllur</t>
   </si>
   <si>
     <t>N1-völlurinn Varmá</t>
   </si>
   <si>
     <t>Fífan</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
@@ -177,290 +177,290 @@
         <v>5</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2">
         <v>41700.7777777778</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2">
         <v>41706.4861111111</v>
       </c>
       <c r="B4" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="0" t="s">
         <v>10</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>41706.4861111111</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>41706.6527777778</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>41711.7916666667</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>41720.6527777778</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>41720.6805555556</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>41721.5277777778</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>41735.6527777778</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>41738.75</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>41742.5277777778</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>41755.5972222222</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>41756.4861111111</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>41757.7777777778</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>41758.7916666667</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>41760.5277777778</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>41760.8194444444</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>41769.5208333333</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>41769.6527777778</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>41769.6527777778</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>