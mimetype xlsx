--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -99,60 +99,60 @@
   <si>
     <t>Keflavík/Njarðvík</t>
   </si>
   <si>
     <t>Schenkervöllurinn</t>
   </si>
   <si>
     <t>ÍA/Kári</t>
   </si>
   <si>
     <t>KR/KV</t>
   </si>
   <si>
     <t>Norðurálsvöllurinn</t>
   </si>
   <si>
     <t>Grindavík</t>
   </si>
   <si>
     <t>KA</t>
   </si>
   <si>
     <t>Grindavíkurvöllur</t>
   </si>
   <si>
+    <t>Víkingur R.</t>
+  </si>
+  <si>
+    <t>Breiðablik</t>
+  </si>
+  <si>
+    <t>Víkingsvöllur</t>
+  </si>
+  <si>
     <t>Kórinn</t>
-  </si>
-[...7 lines deleted...]
-    <t>Víkingsvöllur</t>
   </si>
   <si>
     <t>Stjarnan/Skínandi</t>
   </si>
   <si>
     <t>Fjölnir</t>
   </si>
   <si>
     <t>Samsungvöllurinn</t>
   </si>
   <si>
     <t>ÍBV</t>
   </si>
   <si>
     <t>FH</t>
   </si>
   <si>
     <t>Fylkir/Elliði</t>
   </si>
   <si>
     <t>Reykjaneshöllin</t>
   </si>
   <si>
     <t>KA-völlur</t>
   </si>
@@ -350,68 +350,68 @@
         <v>26</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>41805.5833333333</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>41817.75</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>5</v>
+        <v>31</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>41817.75</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>32</v>
+        <v>5</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>41818.5833333333</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>41818.75</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>38</v>
@@ -465,68 +465,68 @@
         <v>43</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>41836.7916666667</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>41839.5416666667</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>41845.75</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>41857.7708333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>41874.5833333333</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>39</v>