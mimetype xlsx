--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -527,71 +527,71 @@
         <v>11</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>41805.5</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>41806.75</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>41806.75</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>41810.8333333333</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>41812.4791666667</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
@@ -933,71 +933,71 @@
         <v>14</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>41848.75</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>41860.5833333333</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>41860.5833333333</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>19</v>
+        <v>5</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>41862.7916666667</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
         <v>41865.7291666667</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>17</v>
@@ -1283,155 +1283,155 @@
         <v>17</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="2">
         <v>41889.5208333333</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="2">
         <v>41889.5833333333</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="2">
         <v>41889.5833333333</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2">
         <v>41890.75</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="2">
         <v>41892.75</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="2">
         <v>41894.7916666667</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="2">
         <v>41896.5833333333</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="2">
         <v>41896.5833333333</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="2">
         <v>41896.5833333333</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="2">
         <v>41897.75</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="2">
         <v>41897.75</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>14</v>