--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -430,71 +430,71 @@
         <v>5</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>41861.5416666667</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>41861.625</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>41861.625</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>41867.5</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>41868.5</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>15</v>