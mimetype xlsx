--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -75,54 +75,54 @@
   <si>
     <t>Fylkisvöllur</t>
   </si>
   <si>
     <t>Stjarnan/Álftanes</t>
   </si>
   <si>
     <t>Fram/Afturelding</t>
   </si>
   <si>
     <t>Samsungvöllurinn</t>
   </si>
   <si>
     <t>Gróttuvöllur</t>
   </si>
   <si>
     <t>Grindavík</t>
   </si>
   <si>
     <t>Vestmannaeyjavöllur</t>
   </si>
   <si>
     <t>Framvöllur - Úlfarsárdal</t>
   </si>
   <si>
+    <t>Akraneshöllin</t>
+  </si>
+  <si>
     <t>Smárahvammsvöllur</t>
-  </si>
-[...1 lines deleted...]
-    <t>Akraneshöllin</t>
   </si>
   <si>
     <t>Selfoss/Hamar/Ægir</t>
   </si>
   <si>
     <t>JÁVERK-völlurinn</t>
   </si>
   <si>
     <t>Akranesvöllur</t>
   </si>
   <si>
     <t>Fjarðab/Leiknir/Höttur</t>
   </si>
   <si>
     <t>Norðfjarðarvöllur</t>
   </si>
   <si>
     <t>Grindavíkurvöllur</t>
   </si>
   <si>
     <t>Norðurálsvöllurinn</t>
   </si>
   <si>
     <t>KR-völlur</t>
   </si>
@@ -324,99 +324,99 @@
         <v>20</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>41784.5833333333</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>41785.75</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>41785.75</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>41791.4375</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>41791.5833333333</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>41794.7291666667</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>41797.5625</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
@@ -540,51 +540,51 @@
     <row r="24">
       <c r="A24" s="2">
         <v>41810.7083333333</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>41814.7916666667</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>41815.7916666667</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>41815.7916666667</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
@@ -694,121 +694,121 @@
     <row r="35">
       <c r="A35" s="2">
         <v>41827.75</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>41829.75</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>41833.4583333333</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>41833.5</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>41834.75</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>41834.75</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>41834.75</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>41839.5833333333</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>41840.5</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>28</v>
@@ -1010,99 +1010,99 @@
         <v>20</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
         <v>41871.6666666667</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2">
         <v>41873.75</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>25</v>
+        <v>7</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2">
         <v>41873.75</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2">
         <v>41873.75</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2">
         <v>41873.75</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2">
         <v>41874.5</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2">
         <v>41876.7083333333</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>11</v>
@@ -1114,51 +1114,51 @@
     <row r="65">
       <c r="A65" s="2">
         <v>41876.75</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2">
         <v>41878.7916666667</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2">
         <v>41879.7708333333</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2">
         <v>41880.5833333333</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>7</v>