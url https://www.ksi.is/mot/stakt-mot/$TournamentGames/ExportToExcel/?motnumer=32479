--- v0 (2025-10-18)
+++ v1 (2025-12-16)
@@ -341,127 +341,127 @@
         <v>5</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>41797.5729166667</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>41801.8229166667</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>41801.8229166667</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>41804.6979166667</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>41805.6145833333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>41808.8229166667</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>41808.8229166667</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>41808.84375</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>41816.78125</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>5</v>
@@ -537,85 +537,85 @@
         <v>10</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>41829.7395833333</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>41829.8229166667</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>41829.8229166667</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>41829.8229166667</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>41837.6979166667</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>41837.8229166667</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>11</v>