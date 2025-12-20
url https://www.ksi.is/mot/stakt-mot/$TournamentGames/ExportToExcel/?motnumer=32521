--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -619,71 +619,71 @@
         <v>5</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>41830.7291666667</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>41830.7708333333</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>41830.7708333333</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>41836.6666666667</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>41836.7708333333</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>19</v>
@@ -759,85 +759,85 @@
         <v>19</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>41865.7291666667</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>41865.7708333333</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>41865.7708333333</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>41865.7708333333</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>41872.6388888889</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>41872.7708333333</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>13</v>
@@ -885,85 +885,85 @@
         <v>18</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>41876.75</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>41879.7708333333</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>41879.7708333333</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>41879.7708333333</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>41881.5</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>41889.7291666667</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>13</v>