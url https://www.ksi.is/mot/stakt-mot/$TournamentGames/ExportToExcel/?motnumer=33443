--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -447,71 +447,71 @@
         <v>17</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>42070.375</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>42070.5416666667</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>42070.5416666667</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>42074.7083333333</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>42078.5833333333</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>10</v>
@@ -587,71 +587,71 @@
         <v>7</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>42102.7708333333</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>42105.5416666667</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>42105.5416666667</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>42105.5833333333</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>42109.75</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>