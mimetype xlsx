--- v0 (2025-10-18)
+++ v1 (2025-12-12)
@@ -18,66 +18,66 @@
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Test" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
+    <t>Valur</t>
+  </si>
+  <si>
+    <t>Grótta/KR</t>
+  </si>
+  <si>
+    <t>Hlíðarendi</t>
+  </si>
+  <si>
     <t>Víkingur R.</t>
   </si>
   <si>
     <t>Fylkir</t>
   </si>
   <si>
     <t>Víkingsvöllur</t>
-  </si>
-[...7 lines deleted...]
-    <t>Hlíðarendi</t>
   </si>
   <si>
     <t>Þróttur R.</t>
   </si>
   <si>
     <t>Fram/Afturelding</t>
   </si>
   <si>
     <t>Gervigrasvöllur Laugardal</t>
   </si>
   <si>
     <t>KR-völlur</t>
   </si>
   <si>
     <t>Fjölnir</t>
   </si>
   <si>
     <t>Framvöllur</t>
   </si>
   <si>
     <t>Fjölnisvöllur - Gervigras</t>
   </si>
   <si>
     <t>Fylkisvöllur</t>
   </si>
@@ -194,276 +194,276 @@
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2">
         <v>42035.6875</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>42049.5416666667</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>42061.7083333333</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>42064.5416666667</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>42070.5833333333</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>42071.5416666667</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>42077.5</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>42080.75</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>42081.7083333333</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>42087.75</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>42091.5416666667</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>42105.6527777778</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>42105.6666666667</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>42119.6527777778</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>42122.75</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>42124.7083333333</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>42132.7083333333</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>42135.75</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>42138.4583333333</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>