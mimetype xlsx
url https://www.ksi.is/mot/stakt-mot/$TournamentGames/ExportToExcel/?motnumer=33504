--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -468,122 +468,122 @@
         <v>7</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>42228.5416666667</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>42235.7083333333</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>42235.7083333333</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>42239.625</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>42241.6666666667</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>42242.7083333333</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>42242.7083333333</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>42245.4583333333</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>