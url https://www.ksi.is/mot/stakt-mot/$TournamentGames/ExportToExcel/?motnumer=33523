--- v0 (2025-12-18)
+++ v1 (2025-12-19)
@@ -239,71 +239,71 @@
         <v>10</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>42056.5416666667</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>42056.6666666667</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>42056.6666666667</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>42063.5416666667</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>42070.5</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>14</v>
@@ -519,52 +519,52 @@
         <v>10</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>42119.5833333333</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>42120.5416666667</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>42120.5416666667</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>