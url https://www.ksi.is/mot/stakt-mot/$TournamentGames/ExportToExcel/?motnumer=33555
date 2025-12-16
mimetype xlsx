--- v0 (2025-10-18)
+++ v1 (2025-12-16)
@@ -185,71 +185,71 @@
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2">
         <v>42015.4166666667</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>42021.5416666667</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>42021.5416666667</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>42021.6875</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>42035.5</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>4</v>
@@ -535,52 +535,52 @@
         <v>4</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>42119.7083333333</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>42120.4166666667</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>42120.4166666667</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>