--- v0 (2025-10-18)
+++ v1 (2025-12-19)
@@ -386,52 +386,52 @@
         <v>7</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>42112.7361111111</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>42120.4722222222</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>42120.4722222222</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>