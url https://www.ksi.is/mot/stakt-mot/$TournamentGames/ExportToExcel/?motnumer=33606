--- v0 (2025-10-18)
+++ v1 (2025-12-13)
@@ -368,141 +368,141 @@
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>42106.3680555556</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>42112.4513888889</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>42112.4513888889</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>42112.5208333333</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>42112.6180555556</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>42117.4513888889</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>42119.4513888889</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>42119.4513888889</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>42126.5208333333</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>42126.5763888889</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>7</v>