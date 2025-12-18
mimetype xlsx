--- v0 (2025-10-18)
+++ v1 (2025-12-18)
@@ -51,54 +51,54 @@
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Kórinn</t>
   </si>
   <si>
     <t>Afturelding/Hvíti</t>
   </si>
   <si>
     <t>Grótta/Kría</t>
   </si>
   <si>
     <t>N1-völlurinn Varmá</t>
   </si>
   <si>
     <t>Valur</t>
   </si>
   <si>
     <t>ÍBV/KFS/KFR</t>
   </si>
   <si>
     <t>Hlíðarendi</t>
   </si>
   <si>
+    <t>Vivaldivöllurinn</t>
+  </si>
+  <si>
     <t>Fjölnisvöllur - Gervigras</t>
-  </si>
-[...1 lines deleted...]
-    <t>Vivaldivöllurinn</t>
   </si>
   <si>
     <t>Þór</t>
   </si>
   <si>
     <t>Þróttur/SR</t>
   </si>
   <si>
     <t>Boginn</t>
   </si>
   <si>
     <t>KA</t>
   </si>
   <si>
     <t>KA-völlur</t>
   </si>
   <si>
     <t>Vestmannaeyjavöllur</t>
   </si>
   <si>
     <t>Þróttarvöllur</t>
   </si>
   <si>
     <t>Fjölnisvöllur</t>
   </si>
@@ -232,68 +232,68 @@
         <v>10</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>42143.75</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>42146.75</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>42146.75</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>42146.7916666667</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>42148.7083333333</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>17</v>
@@ -420,51 +420,51 @@
     <row r="18">
       <c r="A18" s="2">
         <v>42164.75</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>42168.6875</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>42168.6875</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>42169.5416666667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>17</v>
@@ -644,51 +644,51 @@
     <row r="34">
       <c r="A34" s="2">
         <v>42185.7083333333</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>42185.75</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>42186.75</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>42188.75</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>18</v>
@@ -770,79 +770,79 @@
     <row r="43">
       <c r="A43" s="2">
         <v>42199.75</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>42199.7916666667</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>42200.8125</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>42203.5</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>42203.625</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>42204.5416666667</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>4</v>
@@ -924,93 +924,93 @@
     <row r="54">
       <c r="A54" s="2">
         <v>42212.75</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>42212.7916666667</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>42222.7291666667</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>42222.7291666667</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
         <v>42222.75</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2">
         <v>42224.7152777778</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2">
         <v>42225.5833333333</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>9</v>
@@ -1036,51 +1036,51 @@
     <row r="62">
       <c r="A62" s="2">
         <v>42227.75</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2">
         <v>42231.6666666667</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2">
         <v>42232.5833333333</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2">
         <v>42237.75</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>13</v>
@@ -1204,51 +1204,51 @@
     <row r="74">
       <c r="A74" s="2">
         <v>42246.5833333333</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2">
         <v>42247.75</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="2">
         <v>42247.7708333333</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="2">
         <v>42249.7083333333</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>18</v>
@@ -1310,71 +1310,71 @@
         <v>17</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2">
         <v>42255.75</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="2">
         <v>42256.75</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="2">
         <v>42256.75</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="2">
         <v>42260.5208333333</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="2">
         <v>42262.6666666667</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>13</v>