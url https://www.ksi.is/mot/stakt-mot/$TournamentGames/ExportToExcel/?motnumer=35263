--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -353,71 +353,71 @@
         <v>7</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>42429.7916666667</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>42435.6666666667</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>42435.6666666667</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>42438.8333333333</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>42442.4583333333</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>7</v>