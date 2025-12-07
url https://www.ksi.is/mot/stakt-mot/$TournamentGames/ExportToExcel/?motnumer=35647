--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -304,113 +304,113 @@
         <v>13</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>42523.75</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>42523.8333333333</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>42523.8333333333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>42529.8333333333</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>42530.8333333333</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>42530.8333333333</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>42530.8541666667</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>42544.8333333333</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>13</v>
@@ -458,85 +458,85 @@
         <v>4</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>42550.8333333333</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>42552.8333333333</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>42552.8333333333</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>42552.8333333333</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>42557.8333333333</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>42557.8541666667</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>4</v>
@@ -626,85 +626,85 @@
         <v>14</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>42570.8333333333</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>42571.8333333333</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>42571.8333333333</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>42571.8333333333</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>42576.8333333333</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>42577.8333333333</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>7</v>
@@ -724,71 +724,71 @@
         <v>4</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>42578.8541666667</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>42587.7916666667</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>42587.7916666667</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>42588.5833333333</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>42588.5833333333</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>14</v>