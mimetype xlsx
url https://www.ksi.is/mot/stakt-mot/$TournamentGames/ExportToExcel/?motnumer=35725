--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -387,71 +387,71 @@
         <v>14</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>42516.7916666667</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>42521.75</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>42521.75</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>42521.8333333333</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>42522.75</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>7</v>
@@ -485,71 +485,71 @@
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>42528.7916666667</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>42529.75</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>42529.75</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>42529.8333333333</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>42530.75</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>17</v>
@@ -849,85 +849,85 @@
         <v>4</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>42578.8333333333</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>42586.7291666667</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>42586.7291666667</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>42586.7291666667</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>42587.7291666667</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>42587.7916666667</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>5</v>
@@ -1087,155 +1087,155 @@
         <v>10</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2">
         <v>42602.625</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2">
         <v>42605.7083333333</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2">
         <v>42605.7083333333</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2">
         <v>42605.7083333333</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2">
         <v>42605.75</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2">
         <v>42605.7916666667</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="2">
         <v>42611.7083333333</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2">
         <v>42611.75</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="2">
         <v>42611.75</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="2">
         <v>42615.6875</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2">
         <v>42618.7083333333</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>10</v>
@@ -1297,71 +1297,71 @@
         <v>7</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="2">
         <v>42624.4583333333</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="2">
         <v>42627.7291666667</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2">
         <v>42627.7291666667</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="2">
         <v>42627.75</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="2">
         <v>42627.8125</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>10</v>
@@ -1395,71 +1395,71 @@
         <v>17</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="2">
         <v>42631.625</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="2">
         <v>42634.7083333333</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="2">
         <v>42634.7083333333</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="2">
         <v>42634.7291666667</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="2">
         <v>42634.75</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>11</v>