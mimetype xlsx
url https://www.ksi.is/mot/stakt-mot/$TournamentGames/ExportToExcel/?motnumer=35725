--- v1 (2025-11-04)
+++ v2 (2026-01-03)
@@ -485,71 +485,71 @@
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>42528.7916666667</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>42529.75</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>42529.75</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>42529.8333333333</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>42530.75</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>17</v>
@@ -709,71 +709,71 @@
         <v>14</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>42563.8333333333</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>42571.75</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>42571.75</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>42572.8333333333</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>42573.75</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>4</v>
@@ -793,141 +793,141 @@
         <v>10</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>42576.7916666667</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>42577.75</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>42577.75</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>42577.8333333333</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>42578.8333333333</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>42586.7291666667</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>42586.7291666667</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>42586.7291666667</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>42587.7291666667</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>42587.7916666667</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>5</v>
@@ -1087,155 +1087,155 @@
         <v>10</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2">
         <v>42602.625</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2">
         <v>42605.7083333333</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2">
         <v>42605.7083333333</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2">
         <v>42605.7083333333</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2">
         <v>42605.75</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2">
         <v>42605.7916666667</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="2">
         <v>42611.7083333333</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2">
         <v>42611.75</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="2">
         <v>42611.75</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="2">
         <v>42615.6875</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2">
         <v>42618.7083333333</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>10</v>
@@ -1297,71 +1297,71 @@
         <v>7</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="2">
         <v>42624.4583333333</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="2">
         <v>42627.7291666667</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2">
         <v>42627.7291666667</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="2">
         <v>42627.75</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="2">
         <v>42627.8125</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>10</v>