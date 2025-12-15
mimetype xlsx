--- v0 (2025-10-16)
+++ v1 (2025-12-15)
@@ -246,71 +246,71 @@
         <v>7</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>42544.6666666667</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>42548.6666666667</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>42548.6666666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>42558.6666666667</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>42558.6666666667</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>4</v>
@@ -330,99 +330,99 @@
         <v>5</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>42563.6666666667</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>42591.6666666667</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>42591.6666666667</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>42597.6666666667</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>42597.6666666667</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>42600.6666666667</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>42601.6666666667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>7</v>