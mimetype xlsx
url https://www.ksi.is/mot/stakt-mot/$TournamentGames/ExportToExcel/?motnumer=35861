--- v0 (2025-10-21)
+++ v1 (2025-12-14)
@@ -610,71 +610,71 @@
         <v>11</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>42592.7916666667</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>42592.8229166667</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>42592.8229166667</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>42593.78125</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>42595.625</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>10</v>