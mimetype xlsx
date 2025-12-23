--- v0 (2025-11-02)
+++ v1 (2025-12-23)
@@ -244,71 +244,71 @@
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>42544.75</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>42551.7083333333</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>42551.7083333333</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>42554.5833333333</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>42557.7083333333</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>7</v>
@@ -538,52 +538,52 @@
         <v>7</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>42606.6666666667</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>42607.7083333333</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>42607.7083333333</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>