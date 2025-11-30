--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -363,71 +363,71 @@
         <v>7</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>42906.6458333333</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>42906.7708333333</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>42906.7708333333</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>42909.7083333333</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>42913.7083333333</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
@@ -461,85 +461,85 @@
         <v>7</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>42916.7083333333</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>42922.7708333333</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>42922.7708333333</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>42922.7708333333</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>42928.75</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>42928.7708333333</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>