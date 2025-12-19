--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -344,99 +344,99 @@
         <v>13</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>42863.8020833333</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>42869.7083333333</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>42869.7083333333</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>42869.75</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>42869.75</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>42869.8333333333</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>42870.8333333333</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
@@ -470,71 +470,71 @@
         <v>13</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>42876.8333333333</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>42877.8020833333</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>42877.8020833333</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>42877.8333333333</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>42882.5833333333</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>20</v>
@@ -638,71 +638,71 @@
         <v>17</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>42891.7083333333</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>42891.8020833333</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>42891.8020833333</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>42891.8333333333</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>42900.8020833333</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>7</v>
@@ -792,85 +792,85 @@
         <v>4</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>42904.7083333333</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>42905.8020833333</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>42905.8020833333</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>42905.8020833333</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>42905.8333333333</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>42910.5833333333</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>10</v>
@@ -1212,71 +1212,71 @@
         <v>17</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2">
         <v>42947.8020833333</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="2">
         <v>42947.8020833333</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="2">
         <v>42947.8020833333</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="2">
         <v>42947.8333333333</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="2">
         <v>42952.6666666667</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
@@ -1352,85 +1352,85 @@
         <v>16</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="2">
         <v>42956.8333333333</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="2">
         <v>42961.75</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="2">
         <v>42961.75</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="2">
         <v>42961.75</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="2">
         <v>42961.7708333333</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="2">
         <v>42963.75</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>11</v>
@@ -1534,71 +1534,71 @@
         <v>19</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="2">
         <v>42974.75</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="2">
         <v>42974.75</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="2">
         <v>42974.75</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="2">
         <v>42974.8020833333</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="2">
         <v>42978.7395833333</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>19</v>
@@ -1674,169 +1674,169 @@
         <v>17</v>
       </c>
       <c r="D107" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="2">
         <v>42988.8020833333</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D108" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="2">
         <v>42992.7083333333</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="2">
         <v>42992.7083333333</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="2">
         <v>42992.7083333333</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="2">
         <v>42992.7083333333</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="2">
         <v>42992.7083333333</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="2">
         <v>42992.8020833333</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="2">
         <v>42995.6666666667</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="2">
         <v>42995.6666666667</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="2">
         <v>42995.6666666667</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="2">
         <v>42995.6770833333</v>
       </c>
       <c r="B118" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D118" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="2">
         <v>42995.8020833333</v>
       </c>
       <c r="B119" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>5</v>
@@ -1856,192 +1856,192 @@
         <v>20</v>
       </c>
       <c r="D120" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="2">
         <v>42999.6875</v>
       </c>
       <c r="B121" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D121" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="2">
         <v>43002.5833333333</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="2">
         <v>43002.5833333333</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="2">
         <v>43002.5833333333</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="2">
         <v>43002.5833333333</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="2">
         <v>43002.5833333333</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="2">
         <v>43002.5833333333</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="2">
         <v>43008.5833333333</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="2">
         <v>43008.5833333333</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="2">
         <v>43008.5833333333</v>
       </c>
       <c r="B130" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D130" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="2">
         <v>43008.5833333333</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="2">
         <v>43008.5833333333</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D132" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="2">
         <v>43008.5833333333</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>