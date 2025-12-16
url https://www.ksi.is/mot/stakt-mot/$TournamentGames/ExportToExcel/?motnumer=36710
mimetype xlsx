--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -227,82 +227,82 @@
         <v>4</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>42900.7430555556</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>42901.7430555556</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>42901.7430555556</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>42901.7430555556</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>42907.6041666667</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>42907.7083333333</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>9</v>
@@ -339,71 +339,71 @@
         <v>7</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>42913.7430555556</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>42914.7430555556</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>42914.7430555556</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>42929.7430555556</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>42933.7430555556</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>9</v>