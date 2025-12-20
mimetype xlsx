--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -27,75 +27,75 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
     <t>Stjarnan</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Samsungvöllurinn</t>
   </si>
   <si>
+    <t>Fjölnir</t>
+  </si>
+  <si>
+    <t>Víkingur R.</t>
+  </si>
+  <si>
+    <t>Fjölnisvöllur</t>
+  </si>
+  <si>
     <t>RKVÞ</t>
   </si>
   <si>
     <t>Grindavík</t>
   </si>
   <si>
     <t>Iðavellir</t>
   </si>
   <si>
     <t>Haukar</t>
   </si>
   <si>
     <t>Breiðablik/Augnablik</t>
   </si>
   <si>
     <t>Gaman Ferða völlurinn</t>
-  </si>
-[...7 lines deleted...]
-    <t>Fjölnisvöllur</t>
   </si>
   <si>
     <t>Selfoss/Hamar/Ægir</t>
   </si>
   <si>
     <t>Fylkir</t>
   </si>
   <si>
     <t>Þorlákshafnarvöllur</t>
   </si>
   <si>
     <t>FH</t>
   </si>
   <si>
     <t>Valur</t>
   </si>
   <si>
     <t>Kaplakrikavöllur</t>
   </si>
   <si>
     <t>Fram/Afturelding</t>
   </si>
   <si>
     <t>Þróttur R.</t>
   </si>
@@ -314,108 +314,108 @@
         <v>26</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>42919.8333333333</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>42931.5833333333</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>42948.7291666667</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>42957.75</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>42965.6458333333</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>42974.5416666667</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>42988.5</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>