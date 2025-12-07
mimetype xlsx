--- v0 (2025-10-17)
+++ v1 (2025-12-07)
@@ -464,225 +464,225 @@
         <v>4</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>42908.75</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>42912.75</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>42912.75</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>42912.75</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>42914.75</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>42923.7708333333</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>42926.8541666667</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>42927.75</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>42927.75</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>42928.8333333333</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>42931.5833333333</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>42934.6875</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>42941.75</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>42941.75</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>42949.75</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>42949.75</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
@@ -702,71 +702,71 @@
         <v>4</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>42962.7083333333</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>42962.71875</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>42962.71875</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>42962.71875</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>42965.75</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>13</v>
@@ -828,71 +828,71 @@
         <v>14</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>42975.75</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>42976.6875</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>42976.6875</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>42976.7708333333</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>42978.75</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>