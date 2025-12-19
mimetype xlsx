--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -900,66 +900,66 @@
         <v>10</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>43222.8020833333</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>43224.75</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>43224.75</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>43226.5833333333</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>