--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -516,52 +516,52 @@
         <v>4</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>43219.5416666667</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>43219.5625</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>43219.5625</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>